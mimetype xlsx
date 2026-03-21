--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="216">
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Остаток (шт.)</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Скидочная цена</t>
   </si>
   <si>
     <t>Компьютерная техника</t>
   </si>
   <si>
     <t>Компьютер AMD A10 6700 Pro, 4 ядра, DDR3 16GB, SSD 240GB (Зелёный)</t>
   </si>
   <si>
@@ -806,50 +806,76 @@
 Оптический зумКоррекция трапеции (±40°)
 ✔ Порты: HDMI, VGA, USB, аудио
 ✔ Габариты: Компактный (2.6 кг) – легко переносить
 </t>
   </si>
   <si>
     <t>Сетевое оборудование</t>
   </si>
   <si>
     <t>Точка доступа Cisco AIR-CAP1702I-R-K9, Wi-Fi, 5ГГц, PoE, MIMO</t>
   </si>
   <si>
     <t xml:space="preserve">🔹 Ключевые характеристики:
 ✔ Стандарты Wi-Fi: 802.11a/n/ac (5 ГГц) + 802.11b/g/n (2.4 ГГц)
 ✔ Скорость: до 1.3 Гбит/с (867 Мбит/с на 5 ГГц + 450 Мбит/с на 2.4 ГГц)
 ✔ Антенны: 3x3 MIMO, внутренние (6 дБи)
 ✔ Порты: 1x Gigabit Ethernet (PoE), консольный
 ✔ Мощность: 20 дБм (100 мВт)
 ✔ Управление: автономное или через контроллер Cisco
 🔹 Комплектация:
 Сама точка доступа
 Патч-корд (3м)
 </t>
   </si>
   <si>
+    <t>MESH-комплект Cisco WiFi WLC Cisco 2500 Series + AIR-CAP1702I-R-K9 [5 Штук]</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Область применения Cisco Wireless Mech-комплекта:
+— Создание или расширение зоны покрытия корпоративной сети.
+—  Создание и организация сетей видеонаблюдения.
+— Создание больших зон покрытия Wi-Fi. Это могут парки, площади или другие места большого скопления людей.
+— Более эффективная организация различных муниципальных служб, таких как пожарная охрана или полиция.
+— Оперативное развертывание эффективной сети на месте стихийного бедствия.
+Основные составляющие Cisco Wireless Mech-комплекта:
+Точка доступа Cisco Aironet CAP1702I-R-K9 [5 Штук].
+Ее основными особенностями являются:
+— поддержка Adaptive Wireless Path Protocol;
+— поддержка всех современных протоколов безопасности;
+— аппаратное ускорение шифрования AES.
+— Количество WAN портов (RJ-45)	1
+— Скорость WAN портов (Мбит/Гбит):	10/100/1000
+— Максимальная скорость WI-FI (Мбит):	До 867 Мбит/с
+— Объем Flash памяти (Мб)	64
+— Объем оперативной памяти (Мб)	512
+— Частота	2.4/5 ГГц
+Контроллер беспроводного доступа Cisco Wireless LAN Controller 2500 Series:
+Он является ключевым устройством при построении и развертывании масштабируемых беспроводных сетей с поддержкой до 75 точек доступа и до 1000 клиентов
+Работа контроллера основана на протоколе LWAPP, который обеспечивает интеграцию внутреннего и наружного сегментов сети. Он отвечает за настройку точек доступа, реализацию политик безопасности, бесшовный роуминг 2-го и 3-го уровня.</t>
+  </si>
+  <si>
     <t>Оборудование для бизнеса</t>
   </si>
   <si>
     <t>Режекторный фильтр</t>
   </si>
   <si>
     <t xml:space="preserve">🔹 Основные характеристики:
 ✔ Тип: пассивный режекторный (заграждающий) фильтр
 ✔ Диапазон частот: 0,01 – 200 кГц
 ✔ Количество подавляемых частот: 11
 ✔ Совместимость: генератор сигналов Г3-118
 ✔ Состояние: проверен, полностью исправен
 📌 Применение:
 Лабораторные исследования – фильтрация помех в измерительных цепях
 Радиотехника – настройка и тестирование аппаратуры
 Промышленная электроника – отладка схем и устройств
 Научные эксперименты – работа с точными сигналами</t>
   </si>
   <si>
     <t>Шкаф видеонаблюдения под ключ!</t>
   </si>
   <si>
     <t xml:space="preserve">🚀 ГОТОВЫЙ КОМПЛЕКС ВИДЕОНАБЛЮДЕНИЯ И ИНТЕРНЕТА "БИТКОМ" ПОД КЛЮЧ! Подберём конфигурацию под ваши задачи.
 🔐 16 КАНАЛОВ + УДАЛЁННЫЙ ДОСТУП + SMART-УПРАВЛЕНИЕ
 💎 ПОЛНАЯ КОМПЛЕКТАЦИЯ СИСТЕМЫ:
@@ -892,69 +918,209 @@
     <t xml:space="preserve">Продается готовое решение для фармацевтического производства — комплекс аппаратов Flexicon в идеальном состоянии! Включает в себя:
 Настольный перистальтический дозатор Flexicon PF22
 Фармацевтический укупорщик Flexicon FS32
 Оба аппарата находятся в отличном рабочем и внешнем состоянии. Нареканий по работоспособности нет. Проведена полная проверка. Это возможность сразу получить готовую линию для розлива и укупорки без лишних затрат.
 ✨ Преимущества комплекта «2-в-1»:
 Полная совместимость: Оборудование спроектировано для совместной работы.
 Готовность к работе: Аппараты проверены и настроены.
 Экономия времени и средств: Цена комплекта значительно ниже покупки двух новых аппаратов.
 Идеальное состояние: Техника обслуживалась в соответствии с требованиями.
 🚀 Дозатор Flexicon PF22:
 Точность ±0,5% — исключает перерасход дорогостоящих продуктов.
 Диапазон дозирования: от 0,2 мл до 250 мл.
 Соответствие GMP для чистых помещений.
 Отсутствие контаминации: продукт контактирует только с трубкой.
 Быстрая смена объема (менее 1 минуты).
 Управление с клавиатуры или ножной педали.
 🔒 Укупорщик Flexicon FS32:
 Высококачественный обжим алюминиевыми и винтовыми крышками.
 Производительность: до 1000 флаконов в час!
 Диапазон крышек: 13-32 мм (стандарт DIN).
 Быстрая смена формата.
 Постоянное качество укупорки.
 Идеально для: фармацевтических производств, лабораторий, косметических компаний и стартапов.</t>
   </si>
   <si>
+    <t>Весы торговые Alex se bs-1530 d1.3t2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Описание	На дисплей выводится масса, цена за кг, общая сумма за товар.
+Состояние	Б/У. Работает. Проверены кнопки, работа от аккумулятора. Проверена точность взвешивания.
+</t>
+  </si>
+  <si>
     <t>Медицинское оборудование</t>
   </si>
   <si>
-    <t>Промыватель планшетов Bio-Rad PW 40</t>
-[...14 lines deleted...]
-Использование Bio-Rad PW 40 позволяет значительно повысить точность и воспроизводимость результатов иммуноферментного анализа, обеспечивая качественное проведение лабораторных исследований.</t>
+    <t>Контейнер термоизоляционный с автоматическим подогревом и поддержанием температуры инфузионных растворов ТК-"МЕДПЛАНТ"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Контейнер термоизоляционный с автоматическим подогревом и поддержанием температуры инфузионных растворов 
+Б/У. Работает. Проверены режимы
+</t>
+  </si>
+  <si>
+    <t>Ингалятор Пульмикорт Суспензия Ладога неб Модель	INQUA NEB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ингалятор 
+Новое. Небольшие потертости.
+Полный комплект. 
+</t>
+  </si>
+  <si>
+    <t>Наркозно-дыхательный аппарат Spacelabs Blease Focus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Продается наркозно-дыхательный аппарат Spacelabs Healthcare Blease Focus. Комплектация на фото. Аппарат ВКЛЮЧАЕТСЯ и продается в состоянии «КАК ЕСТЬ» — идеальная основа для восстановления или на запчасти.
+Это предложение представляет особый интерес для:
+- Сервисных инженеров и технических специалистов
+- Медицинских организаций, имеющих собственный ремонтный ресурс
+- Поставщиков запчастей для медтехники
+Ключевые преимущества модели (в рабочем состоянии):
+- Универсальность: Работа с пациентами всех возрастных групп — от новорожденных до взрослых
+- Функциональная ИВЛ: Сенсорный дисплей, несколько режимов вентиляции, графический мониторинг параметров
+- Надежные компоненты: BleaseDatum с минимальной потребностью в обслуживании
+- Гибкая конфигурация: 2 крепления, поддержка всех современных
+Основные технические характеристики:
+- Дыхательный объем: 20-1500 мл
+- Дисплей: 8,4"
+- Рабочие контуры: полуоткрытый, полузакрытый, закрытый
+- Габариты: 1480×830×670 мм
+- Вес: 80 кг</t>
+  </si>
+  <si>
+    <t>Искра-1 Аппарат для местной дарсонвализации, эма</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Искра-1 Аппарат для местной дарсонвализации, ЭМА - в хорошем состоянии. Все функции работают исправно. Нареканий по работоспособности нет. 
+В комплекте: Аппарат, держатель, набор стеклянных электродов.
+Аппарат «Искра-1» для местной дарсонвализации – профессиональный уход за кожей и волосами в домашних условиях! 
+🔹 Основные характеристики:
+✔ Назначение:
+Лечение и профилактика кожных заболеваний (акне, псориаз, экзема)
+Улучшение роста волос и борьба с перхотью
+Снятие болей в мышцах и суставах
+Уменьшение отеков и воспалений
+✔ Технические параметры:
+Напряжение: 220 В
+Частота импульсов: 110 кГц
+Регулировка мощности: плавная настройка интенсивности
+🔹 Преимущества:
+✅ Клинически доказанная эффективность – используется в физиотерапии более 50 лет
+✅ Безопасность – соответствует медицинским стандартам
+✅ Универсальность – подходит для лица, тела и волосистой части головы
+✅ Долговечность – надежная конструкция советского производства</t>
+  </si>
+  <si>
+    <t>Video Graphic Printer UP-960CE</t>
+  </si>
+  <si>
+    <t>Принтер для узи аппаратов.</t>
+  </si>
+  <si>
+    <t>Офтальмоскоп прямой Welch Allyn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Точка.
+Малый круг.
+Большой круг.
+Кобальтовый фильтр.
+«Бескаркасный» фильтр.
+Щелевая апертура.
+Апертура для определения точки фиксации.
+УСТАНОВЛЕН НОВЫЙ АККУМУЛЯТОР .
+•	
+В отличном состоянии. Работает. 
+рукоять, зарядное устройство. Насадки, груша. 
+</t>
+  </si>
+  <si>
+    <t>Рукоять ларингоскопа С 2,5В средняя (d=28 мм)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">•	Рукоятка ларингоскопа совместима в соответствии с системами стандарта DIN ISO 7376. 
+В отличном состоянии. Работает. 
+в комплекте только рукоять.
+</t>
+  </si>
+  <si>
+    <t>Клинок  Ларингоскопа  03.12010.632 взрослый</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 
+•	Из нержавеющей стали, матовая поверхность
+предотвращает отражение светового луча
+•	Вакуумная лампа
+•	Освещенность &gt;1500 или &gt;2000 люкс/2,5 В
+(в зависимости от лампы и размера клинка)
+•	Возможна стерилизация в соответствии с инструкцией
+•	Совместимы с системами стандарта DIN EN ISO 7376
+В отличном состоянии. Работает. 
+</t>
+  </si>
+  <si>
+    <t>Аспиратор - Ирригатор АИ-01-"АКСИ"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">•	Предельный вакуум, кПа85
+•	Избыточное давление, создаваемое в оросителе, кПа180
+•	Мощность потребляемая от сети, не более, Вт200
+•	Напряжение питания от сети переменного тока 50 Гц, В220
+•	Средняя наработка на отказ аппарата, не менее 3 000 ч
+•	Непрерывный режим работы в течение 8 ч
+В отличном состоянии. Работает. Есть возможность укомплектовать педалью.</t>
+  </si>
+  <si>
+    <t>Инсуффлятор ИНС-002 ФОТЕК И002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плавная и дискретная установка абдоминального давления в диапазоне 2...25 мм рт. ст и высокая точность его поддержания;
+- плавная и дискретная установка расхода газа в диапазоне 1...20 л/мин;
+- индикация объема израсходованного газа до 199 л;
+- световая и звуковая индикация отрицательного абдоминального давления;
+- встроенный нагреватель, обеспечивающий температуру газа на выходе аппарата от 30 С до 36 С;
+- микропроцессорная система управления и автотестирования;
+- прочный пластмассовый электробезопасный корпус;
+- электропитание 180-250 В, 50160Гц;
+- габаритные размеры блока управления 300х170х330;
+- вес 5,6 кг
+	В отличном состоянии. Работает. </t>
+  </si>
+  <si>
+    <t>Инсуфлятор электронный ЭФА-0401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Инсуфлятор эндоскопический электронный "ЭФА-М", комплект
+Максимальный объемный расход при компенсации утечек из операционной полости составляет до 20 л/мин., что в сочетании с оригинальным алгоритмом работы и трехуровневой системой безопасности обеспечивает наибольший комфорт в проведении эндовидеохирургических операций и стабильность поддержания абдоминального давления.
+- Диапазон поддерживаемого давления 5 ... 25 мм рт. ст.
+- Максимальная компенсируемая утечка 20 л/мин
+- Потребляемая мощность 70 Вт
+- Параметры электропитания 220 В; 50 Гц
+- Габаритные размеры; масса 320x320x140 мм; 6 кг.
+В отличном состоянии. Работает. 
+</t>
   </si>
   <si>
     <t>Монитор реанимационный Datex-Ohmeda Cardiocap II CH-S..05.RU</t>
   </si>
   <si>
     <t xml:space="preserve">Монитор реанимационный Datex-Ohmeda Cardiocap II CH-S..05.RU - в отличном рабочем состоянии. Без проверки, т.к. нет датчиков.
 🔹 Основные характеристики:
 ✔ Производитель: Datex-Ohmeda (GE Healthcare) - эталон надежности в анестезиологии
 ✔ Назначение: комплексный мониторинг жизненных функций в операционных и ОРИТ
 ✔ Основные параметры:
 ЭКГ
 импедансная Респирограмма
 неинвазивное АД
 Пульсоксиметрия (SpO2)
 Плетизмограмма
 Температура.
 ✔ Дисплей: 10.4" цветной TFT с регулируемым углом обзора
 ✔ Память: хранение данных за 24 часа
 ✔ Интерфейсы:
 Возможность интеграции в медицинские сети (HL7)
 🔹 Особенности модели:
 ✅ Автоматические тревожные сигналы при критических изменениях
 ✅ Функция "Тренды" - графическое отображение динамики параметров
 ✅ Эргономичная конструкция для мобильного использования
 ✅ Совместимость с наркозно-дыхательной аппаратурой Datex-Ohmeda
@@ -962,348 +1128,305 @@
 Основной блок монитора
 Кабель питания
 шланг для НАД
 🔹 Применение:
 Операционные блоки
 Отделения реанимации и интенсивной терапии
 Кардиохирургические отделения
 Транспортировка критических больных
 </t>
   </si>
   <si>
     <t>Привод бормашины KaVo WERK DENTALE D-88400</t>
   </si>
   <si>
     <t xml:space="preserve">✅ Профессиональный стоматологический привод для клиники или кабинета!
 Продаётся б/у привод KaVo WERK DENTALE D-88400 в идеальном рабочем состоянии. Все функции работают: регулировка скорости, момента вращения, подачи раствора, реверс. Подключён и проверен с моторчиком и кнопкой (педаль и бормашина отсутствуют — докупаются отдельно).
 📌 Характеристики и состояние:
 Напряжение: 220-240 В, 50/60 Гц.
 Функции: плавная регулировка скорости, момента, подачи антисептика, реверс.
 Диагностика: исправен, все параметры настраиваются.
 Комплектация: только привод (без педали и наконечника).
 Внешний вид: хорошее состояние, без критичных повреждений.
 </t>
   </si>
   <si>
-    <t>Монитор прикроватный МПР-01-"Тритон" Т-32"</t>
-[...10 lines deleted...]
-  <si>
     <t>Комплекс фото регистрации Vilber Lourmat DP-001.FD</t>
   </si>
   <si>
     <t xml:space="preserve">Комплекс фото регистрации Vilber Lourmat DP-001.FDC - в отличном рабочем состоянии! Нареканий по работоспособности нет! 
 Описание 
 Vilber Lourmat DP-001.FDC — это профессиональная система фото-регистрации изображений гелей электрофореза, широко используемая в научных лабораториях и исследовательских центрах для визуализации результатов биохимического анализа белков и нуклеиновых кислот методом гель-электрофореза.
 Основные характеристики комплекса:
 Тип: устройство предназначено для фотографирования светящихся образцов на ультрафиолетовом свете.
 Поддерживаемые методы: регистрация флуоресцентных и люминесцентных маркеров, включая белки, ДНК и РНК.
 Камера: оснащена цифровой камерой высокого разрешения, обеспечивающей четкость и точность снимков.
 Освещение: встроенная УФ-подсветка позволяет эффективно выявлять следы веществ на гелях.</t>
+  </si>
+  <si>
+    <t>Люминоскоп Филин</t>
+  </si>
+  <si>
+    <t>Люминоскоп «Филин» применяется для выявления фальсифицированных продуктов питания, а также определения их качества путем люминесцентного анализа. Его рекомендуется применять в лабораториях СЭС, ветренарно-санитарных центрах экспертизы, в торговых и производственных компаниях.</t>
   </si>
   <si>
     <t>Аспиратор портативный медицинский atmos C 161</t>
   </si>
   <si>
     <t xml:space="preserve">Описание 
 ATMOS C 161 — это портативный аспиратор медицинского назначения от компании ATMOS, предназначенный для удаления жидкостей и секретов из дыхательных путей пациента. Этот прибор используется в медицинских учреждениях, скорой помощи и даже в домашних условиях для поддержания проходимости дыхательных путей у пациентов с затрудненным дыханием.
 Основные характеристики ATMOS C 161
 1. Компактность: Аспиратор легко переносится благодаря небольшому весу и компактному размеру.
 2. Автономная работа: Устройство работает от аккумулятора, что делает его мобильным и независимым от сети электропитания.
 3. Высокая мощность всасывания: Обеспечивает эффективное удаление слизи и жидкости из верхних дыхательных путей.
 4. Простота управления: Удобный интерфейс позволяет быстро настроить работу аспиратора.
 5. Безопасность: Встроенная система защиты предотвращает попадание жидкости внутрь прибора.
 6. Универсальность: Подходит для использования в различных медицинских ситуациях, включая неотложную помощь, хирургию, анестезию и интенсивную терапию.
 7. Удобство обслуживания: Легко очищается и дезинфицируется после каждого использования.</t>
   </si>
   <si>
     <t>Гемоглобинометр eksma MF 1020 Фотометр</t>
   </si>
   <si>
     <t xml:space="preserve">Описание
 Гемоглобинометр EKSMA MF 1020 Фотометр — это гемоглобинометр, разработанный литовской компанией EKSMA Optics. Он предназначен для измерения концентрации гемоглобина в крови методом фотометрии. Гемоглобинометр находит применение в медицинских лабораториях, больницах и клиниках для диагностики анемий и контроля состояния здоровья пациентов.
 1. Принцип работы: Основан на методе фотометрии, который измеряет количество света, поглощаемого раствором гемоглобина. Чем больше концентрация гемоглобина, тем сильнее свет поглощается.
 2. Технические характеристики:
 - Диапазон измерений: 10–300 г/л.
 - Точность: ±3%.
 - Источник света: светодиод.
 - Длина волны: 550+10
 - Время измерения: 1 секунда
 - Питание: сеть переменного тока 220 В/50 Гц.
 3. Конструкция: Портативный прибор с небольшим весом и размерами, удобный для транспортировки и использования в полевых условиях.
 4. Особенности: Имеет встроенный микропроцессор для обработки данных и отображения результатов на ЖК-дисплее. Результаты могут сохраняться в памяти устройства.
 Преимущества EKSMA MF 1020 Фотометр
 Быстрота и простота использования.
 Высокая точность измерений.
 Портативность и автономность.
 Возможность сохранения и передачи данных.
 Этот гемоглобинометр является надежным инструментом для быстрой и точной диагностики анемий и мониторинга состояния пациентов.</t>
   </si>
   <si>
-    <t>Инфузионный насос Atom P600 Atom Medical</t>
-[...19 lines deleted...]
-  <si>
     <t>УЗ хирургический блок ussc Auto Sonix</t>
   </si>
   <si>
     <t xml:space="preserve">🔬 Основные характеристики:
 ✔ Производитель: USSC (United States Surgical Corporation) – гарантия качества
 ✔ Принцип работы: ультразвуковая энергия для одновременного разрезания и коагуляции тканей
 ✔ Состояние:
 Б/У, включается, но выдает ошибку "Electrical Fault" (из-за отсутствия насадок)
 Педаль управления в комплекте
 Насадки отсутствуют (требуют отдельной покупки)</t>
   </si>
   <si>
-    <t>Монитор пациента Goldway G40</t>
-[...9 lines deleted...]
-- Информативные сигналы тревоги: Настраиваемые пороги срабатывания тревог обеспечивают своевременную реакцию медперсонала на изменения состояния пациента.</t>
+    <t>Аппарат для увч-терапии увч-30 - «НанЭМА»</t>
+  </si>
+  <si>
+    <t xml:space="preserve">УВЧ-30 - «НанЭМА» – переносной аппарат для эффективной УВЧ-терапии!
+🌟 Быстрое снятие воспалений и боли – глубокое проникновение электромагнитного поля ускоряет восстановление тканей, уменьшает отеки и дискомфорт после травм, операций и хронических заболеваний.
+💡 Компактный и мобильный – легкий переносной дизайн позволяет использовать аппарат в стационаре, на дому у пациента или в кабинете физиотерапии.
+⚙️ Простое управление и настройка – интуитивный интерфейс с регулировкой мощности и времени делает терапию комфортной для пациента и удобной для специалиста.
+🛡 Безопасность и надежность – соответствует медицинским стандартам, автоматический контроль параметров исключает риск перегрева.
+📊 Широкий спектр применения – ✔️ Воспалительные процессы (бронхиты, синуситы, артриты) ✔️ Заболевания опорно-двигательного аппарата ✔️ Послеоперационная реабилитация ✔️ Неврологические и сосудистые нарушения</t>
   </si>
   <si>
     <t>Световод. Осветитель СССР бмо 832396</t>
   </si>
   <si>
     <t xml:space="preserve">🔹 Легендарное качество советского производства
 ✔ Полностью металлический корпус – рассчитан на decades эксплуатации
 ✔ Мощность 500Вт с естественной цветопередачей (5500K)
 ✔ Регулируемый алюминиевый рефлектор
 ✔ Универсальное крепление на штатив или кронштейн
 🔹 Уникальные преимущества:
 ✅ Световодная технология – мягкое рассеянное освещение без бликов
 ✅ Неубиваемая конструкция – выдерживает промышленные условия
 ✅ Ностальгическая ценность – коллекционный экземпляр для ценителей
 🔹 Сферы применения:
 🔬 Научные и медицинские исследования
 🏭 Производственные цеха и лаборатории
 🔹 Комплектация:
 Основной блок осветителя
 Оригинальный кабель питания</t>
   </si>
   <si>
     <t>Световод эндоскопа Осветитель ос-150-01</t>
   </si>
   <si>
     <t xml:space="preserve">Описание
 Осветитель ОС 150-01 - представляет собой специальное устройство, предназначенное для передачи света от внешнего источника к зоне эндоскопического исследования внутри тела пациента. Оно играет ключевую роль в обеспечении качественной визуализации тканей и органов во время диагностических и хирургических процедур, проводимых с применением эндоскопов.
 Назначение и особенности
 Световод передает яркий и качественный свет, равномерно распределяемый по исследуемой поверхности, позволяя врачам детально видеть анатомию и патологические изменения в органах.
 Конструкция устройства предусматривает надежную фиксацию на головке эндоскопа, обеспечивая удобство в эксплуатации и простоту установки.
 Изготовлен из материалов, устойчивых к агрессивным средам и стерилизации, что продлевает срок службы изделия и упрощает уход за ним.
 Устройство отличается высокой прочностью и долговечностью, выдерживая многократные циклы использования и обработки.
 Поддерживается автоматическая коррекция цвета, устраняя искажение оттенков и создавая наиболее реалистичное отображение структуры тканей.</t>
   </si>
   <si>
-    <t>Электрокардиограф ECG-9801 Medinova</t>
-[...104 lines deleted...]
-- Максимальная нагрузка: 300 мАс за 15 минут</t>
+    <t>Анализатор цветности сахара ЦУ ТЕП</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автоматический анализатор цветности сахара (ЦУ ТЕП–II–3;5) необходим для экспресс-измерения цветности сахара–песка в единицах ICUMSA и условных единицах (Штаммера) согласно требованиям ДСТУ 4623:2006, ГОСТ 21–94. Существует возможность откалибровки анализатора в Брауншвейгских стандартных единицах.
+Сахариметр ЦУ ТЕП-С предоставляет возможность оперативно определять цветность кристаллического сахара, удобен в эксплуатации. Прибор не требует длительных лабораторных испытаний при установлении цветности сахарных растворов.</t>
   </si>
   <si>
     <t>Рентгеновская установка GE STENOSCOP с С-дугой</t>
   </si>
   <si>
     <t xml:space="preserve">Продается рентгеновская установка GE STENOSCOP с С-дугой. Комплекс продаётся в состоянии «КАК ЕСТЬ» и предназначен для разборки на запчасти или для восстановления силами специалистов.
 ❗ Важная информация для покупателей:
 - Установка НЕКОМПЛЕКТНА и неработоспособна.
 - Отсутствуют: блоки питания, выпрямители, модуль управления.
 - Присутствуют и могут быть ценны: стойка с видеоконтроллером, 19-дюймовый монитор, мобильная платформа на колесах и С-дуга.
 Что вы получаете — ценная часть лота:
 - 19-дюймовый монитор и видеоконтроллер в стойке.
 - Механическая часть С-дуги и мобильная платформа с тормозами.
 - Коллиматор и другие конструктивные элементы.
 Для кого это предложение?
 - Для сервисных инженеров: источник редких и дорогих запчастей для восстановления аналогичных систем GE.
 - Для мастерских: возможность получить полноценную С-дугу и комплектующие по низкой цене.
 - Для опытных технических специалистов: проект по восстановлению установки "с нуля".
 Перспективы для вас:
 - Разобрать на высококачественные компоненты.
 - Использовать исправный принтер Sony для другого медицинского оборудования.
 - Восстановить установку, найдя недостающие модули.
 Основные характеристики (на момент выпуска):
 - Год производства: 2000г.
 - Питание: 240 В, 50/60 Гц
 - Автоматическая подстройка изображения
 - Функция измерения дозы облучения
 - Электрическая регулировка высоты
 </t>
   </si>
   <si>
-    <t>Наркозно-дыхательный аппарат Spacelabs Blease Focus</t>
-[...17 lines deleted...]
-- Вес: 80 кг</t>
+    <t>Электрокардиограф ECG-9801 Medinova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Описание 
+Электрокардиограф одноканальный MEDINOVA ECG-9801 предназначен для измерения и регистрации биоэлектрических потенциалов сердца при диагностике состояния сердечно-сосудистой системы человека. Электрокардиограмма печатается на термобумаге шириной 50 мм в автоматическом или ручном режиме. В автоматическом режиме одновременно регистрируются 12 стандартных кардиографических отведений и измеряется частота сердечных сокращений. Переключение режимов работы отражается на жидкокристаллическом индикаторе.
+В данном электрокардиографе предусмотрена возможность вывода на печать кардиографических отведений по одному каналу.
+Для минимизации нестабильности по времени и температуре применяется технология цифровой изоляции. Для устранения дрейфа базовой линии, электромагнитных наводок, и помех по переменному току – технология обработки цифрового сигнала. Изолированная входная схема с защитой от дефибриллятора и кардиостимулятора.
+Высокое качество вывода кардиограммы на печать обеспечивается благодаря программируемой настройке положения базовой линии.
+Технические характеристики ECG-9801:
+Регистрируемые отведения ЭКГ I, II, III, аVR, аVL, аVF, V1 ÷ V6;
+Чувствительность, мм/мВ 5, 10, 20
+Скорость подачи бумаги, мм/с 25, 50
+Входной ток схемы, µА &lt;0,1
+Ток утечки на пациента, µА &lt;10
+Входное сопротивление, МОм &gt;50
+Диапазон частот, Гц 0,05 - 150
+Питание от сети переменного тока, В; Гц 100–240; 50 / 60
+Электробезопасность класс I, тип СF
+Потребляемая мощность, ВА 40
+Габаритные размеры, мм 280x216x66
+Масса, кг 2</t>
+  </si>
+  <si>
+    <t>Стерилизатор воздушный (Сухожар) "Витязь" гп-40-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">✅ Профессиональный сухожаровой шкаф для стерилизации инструментов! Готов к работе!
+Продаётся б/у стерилизатор "Витязь" ГП-40-3 в отличном рабочем состоянии. Вместительность — 40 литров, что делает его идеальным для больших объемов обработки инструментов. Подходит для медицинских учреждений, салонов красоты, тату-салонов и лабораторий. Нареканий по работоспособности нет — полностью исправен и готов к использованию.
+📌 Характеристики:
+Тип: воздушный (сухожар).
+Объём: 40 л.
+Рабочая температура: до +200°C.
+Нагрев: электротены, дверца с теплоизоляцией.
+Состояние: корпус без повреждений, нагревательные элементы в идеальном состоянии.
+Безопасность: терморегулятор исправен, есть индикация работы.</t>
+  </si>
+  <si>
+    <t>Фотоколориметр кфк-2-ухл 4.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">✅ Профессиональный лабораторный прибор для анализа растворов! Требует замены конденсаторов и чистки оптики!
+Продаётся б/у фотоколориметр КФК-2-УХЛ 4.2 — легендарный советский аппарат для измерения оптической плотности и концентрации веществ. Прибор не в рабочем состоянии: просажены напряжения на плате питания, амперметр не реагирует на свет, часть светофильтров теряет прозрачность. Идеален для восстановления, разбора на запчасти или использования в учебных целях.
+📌 Особенности и состояние:
+Назначение: анализ жидкостных растворов (коэффициенты пропускания, оптическая плотность, концентрация).
+Диапазон длин волн: 315...980 нм (со светофильтрами).
+Проблемы:
+— Требуют замены электролитические конденсаторы
+— Напряжения на плате питания сильно просажены (после замены конденсаторов нормализуются).
+— Амперметр не реагирует на освещение (возможно, причина в конденсаторах или датчике).
+— Светофильтры начали терять прозрачность (типичная болезнь КФК-2, нужна чистка/замена).
+Внешний вид: следы краски и клея на корпусе (не критично).
+Комплектация: сам аппарат без дополнительных аксессуаров.</t>
+  </si>
+  <si>
+    <t>Рентгенодиагностическая система (С-дуга) Philips B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Продаётся рентгенодиагностическая система (С-дуга) Philips BV Libra. Продажа в состоянии «КАК ЕСТЬ».
+❗Важная информация:
+Аппарат НЕ ЗАПУСКАЕТСЯ.
+Не хватает трёх модулей (точный перечень можно увидеть на фото).
+Комплектация — на фото.
+Это предложение представляет интерес для:
+Специалистов по ремонту и сервисных инженеров, которые ищут качественные комплектующие.
+Организаций, готовых восстановить аппарат силами своих специалистов.
+Тех, кому необходимы донорские запчасти для аналогичных систем.
+Почему это интересно?
+Даже в нерабочем состоянии Philips BV Libra — это высокотехнологичное оборудование премиум-класса. Вы можете получить запчасти от легендарной системы или восстановить её, сэкономив существенные средства по сравнению с покупкой новой.
+Перспективы для покупателя:
+Разобрать на высококачественные запчасти.
+Восстановить систему, найдя недостающие модули.
+Ключевые особенности и преимущества модели (когда она исправна):
+Легендарное качество Philips: Высококачественная рентгеноскопия для рутинных интервенций.
+Лучшее соотношение цена/качество в своем классе.
+Компактность и высокая манёвренность: Легко перемещать в условиях ограниченного пространства.
+9-дюймовый усилитель изображения с тремя режимами.
+Пульсовый режим: Снижает лучевую нагрузку на пациента и персонал.
+ПО BodySmart для визуализации и полная совместимость с RIS/HIS.</t>
+  </si>
+  <si>
+    <t>Аппарат рентгеновский переносной 10Л6-01. На запчасти или восстановление.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Продается рентгеновский диагностический переносной аппарат 10Л6-01. Универсальный и мобильный комплекс для проведения снимков в полевых, палатных и нестационарных условиях.
+❗ Условия продажи — ОЧЕНЬ ВАЖНО:
+- Аппарат продается БЕЗ ПРОВЕРКИ на работоспособность.
+- Состояние «КАК ЕСТЬ».
+- Предназначен для разборки на запчасти или для восстановления умелыми руками.
+Для кого это отличная возможность?
+- Для сервисных инженеров и технических специалистов: источник качественных комплектующих для ремонта аналогичных аппаратов.
+- Для мастерских и организаций: возможность восстановить аппарат с значительной экономией.
+- Для учебных центров: может быть использован как наглядное пособие.
+- Перспективы для вас:
+- Получить редкие и востребованные запчасти.
+- Вдохнуть в аппарат вторую жизнь, восстановив его.
+Ключевые преимущества и особенности модели (в исправном состоянии):
+- Высокая мобильность: Легко перемещается на 4-х колесах, работает от стандартной сети 220В.
+- Предельная универсальность: Предназначен для снимков различных органов, включая дентальные (в комплекте тубус).
+- Гибкость в работе: Моноблок свободно перемещается вокруг своей оси, вдоль и поперек колонны, что позволяет делать снимки в любом положении пациента.
+- Простое управление: Пультик на выносном шнуре (5 метров) с переключателем настроек.
+- Стабильность работы: Напряжение на трубке не зависит от колебаний в сети.
+Краткие технические характеристики:
+- Напряжение питания: 220 В
+- Напряжение на трубке: 40-100 кВ (с шагом 10 кВ)
+- Масса: не более 40 кг
+- Максимальная нагрузка: 300 мАс за 15 минут</t>
   </si>
   <si>
     <t>Аппарат ИВЛ Viasys Vela 16531-06. Рабочий, с компрессором. Требует замены датчика O₂</t>
   </si>
   <si>
     <t xml:space="preserve">Продается аппарат искусственной вентиляции легких Viasys Vela 16531-06 в рабочем состоянии. Комплект включает в себя сам аппарат и стойку для установки.
 Аппарат исправен и функционирует, но требует замены датчика концентрации кислорода, который выработал свой ресурс. Это отличная возможность приобрести надежную профессиональную технику для последующего использования после несложного сервисного обслуживания.
 ✅ Преимущества аппарата:
 Встроенный компрессор — полная автономность работы
 Широкий спектр режимов вентиляции: A/C, SIMV, CPAP, PRVC, APRV Bi-Phasic и другие
 Универсальность: Режимы с управлением по объему и по давлению
 Поддержка при апноэ в режимах SIMV и CPAP
 Профессиональная платформа Viasys — проверенная надежность и точность
 Техническое состояние:
 Основные системы работают корректно
 Требуется замена датчика кислорода
 Комплектация: аппарат и штатная стойка</t>
   </si>
   <si>
     <t>Станция очистки воды 1 категории Millipore SDS 350</t>
   </si>
   <si>
     <t xml:space="preserve">Продается профессиональная станция хранения и распределения чистой воды Millipore SDS 350. Аппарат б/у, включается. Идеальное решение для лабораторий и производств, где требуется стабильное снабжение очищенной водой.
 ✅ Комплектация:
 • Станция Millipore SDS 350
@@ -1345,57 +1468,55 @@
 • Объем камеры: 130 л
 • Температурный диапазон: до 134°C
 • Материал камеры: нержавеющая сталь 304
 • Система управления: микропроцессорная (требует замены блока)</t>
   </si>
   <si>
     <t>Анализатор поля зрения Allergan Humphrey 611</t>
   </si>
   <si>
     <t xml:space="preserve">Продается профессиональный анализатор поля зрения Allergan Humphrey 611 в рабочем состоянии. Аппарат включается. Идеальное решение для оснащения кабинета офтальмолога, оптометриста или ортоптиста.
 💡 Состояние:Б/у, в хорошем состоянии. Аппарат включается. Комплектация — см. фото.
 ✨ Ключевые преимущества:
 Проверенная работоспособность: Аппарат включается и готов к дальнейшему использованию.
 Профессиональное оборудование: Легендарная модель от лидера в производстве офтальмологической диагностической техники.
 Экономия средств: Цена б/у аппарата значительно ниже стоимости нового.
 Полная комплектация: Все детали и аксессуары соответствуют фото.
 📊 Назначение и возможности:
 Точное измерение монокулярного поля зрения.
 Необходим для диагностики глаукомы, неврологических нарушений и других патологий.
 Стандарт в оснащении современного офтальмологического кабинета.
 🚀 Не упустите шанс приобрести надежное диагностическое оборудование известного бренда по привлекательной цене!
 📞 Звоните прямо сейчас для уточнения всех деталей и демонстрации работы аппарата!
 💬 Пишите в сообщения для быстрой связи — ответим на все ваши вопросы!</t>
   </si>
   <si>
-    <t>Аппарат ИВЛ Chirana Chirolog SV-R</t>
-[...5 lines deleted...]
-№2) Нет датчика потока, подогревателя и шланга
+    <t>Аппарат ИВЛ ручной модель 120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аппарат ИВЛ ручной с насадками в кофре
+Новый. Работает. Имеется перегиб на шланге
 </t>
   </si>
   <si>
     <t>Аппарат магнитотерапии Атос</t>
   </si>
   <si>
     <t xml:space="preserve">Аппарат магнитотерапии. Генерирует вращающееся магнитное поле заданной частоты Б/У. Работает
 •	Блок управления
 •	Насадка на голову
 •	Насадка цилиндрическая
 •	Приставка оптическая «Амблио»
 </t>
   </si>
   <si>
     <t>Лампа щелевая ЩЛ-56</t>
   </si>
   <si>
     <t xml:space="preserve">Предназначена для комплексного микроскопического исследования переднего и заднего отделов глаза.
 Б/У. Работает. Оптические и механические узлыпроверены.
 Требуется юстировка бинокулярной насадки: вертикальное смещение
 •	Щелевая лампа
 •	Лицевой установ
 </t>
   </si>
   <si>
@@ -1419,153 +1540,134 @@
 </t>
   </si>
   <si>
     <t>Центрифуга ELMI CM-6</t>
   </si>
   <si>
     <t xml:space="preserve">Центрифуга лабораторная трёхскоростная.
 Скорости: 1, 1.5, 2.6 тыс. об/сек
 Кол-во пробирок: 12 Б/У. Работает
 </t>
   </si>
   <si>
     <t>Электрокардиограф Philips M1771A</t>
   </si>
   <si>
     <t xml:space="preserve">	Б/У. Работает. Проверены печать и зарядка аккумулятора
 Только кардиограф, без отведений, зажимов и присосок</t>
   </si>
   <si>
     <t>Только кардиограф, без отведений, зажимов и присосок</t>
   </si>
   <si>
     <t xml:space="preserve">Электрокардиограф с экраном.1)	Б/У. Работает. Проверены печать и зарядка акку
 Б/У. Работает. Проверены печать и зарядка акку. На экране полосы.
 Только кардиограф, без отведений, зажимов и присосок
+</t>
+  </si>
+  <si>
+    <t>Аппарат НЧ-физиотерапии Амплипульс-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	Предназначен для лечебного воздействия синусоидальными модулированными токами низкой частоты с целью обезболивающего, противовоспалительного действия.
+Состояние	 Б/У, проверен, исправен, проверены все режимы.
+В комплекте кабель пациента 
 </t>
   </si>
   <si>
     <t>СТОМАТОЛОГИЧЕСКИЙ ЛАЗЕР KEY LASER 1243 KAVO ГЕРМАНИЯ</t>
   </si>
   <si>
     <t xml:space="preserve">Стоматологический лазер.
 Б/У. Работает. 
 Отсутствует лазер вод и насадки.
 По интересующим вопросам пишите.
 </t>
   </si>
   <si>
     <t>Микроскоп Ломо П-1</t>
   </si>
   <si>
     <t xml:space="preserve">Микроскоп биологический инвертированный «Биолам П-1» предназначается для визуального наблюдения и фотографирования культур тканей и других объектов, находящихся в питательной среде в специальной лабораторной посуде с толщиной дна до 2 мм.
 Микроскоп обеспечивает наблюдение объектов в проходящем свете в светлом поле и по методу фазового контраста.
 Состояние	Оптика и механика исправны.
 В комплекте:
 - объектив: ПЛАН 10х0,22
 - окуляры: x7 - 2 шт, x10 - 2шт
 - Блок питания;
 - держатель лампы запасной;
 - различная оснастка 
 </t>
   </si>
   <si>
     <t>Стерилизатор воздушный  ГП80МО УХЛ4.2</t>
   </si>
   <si>
     <t xml:space="preserve">Полезный объём камеры: 60 л
 Масса: 34 кг
 Потребляемая мощность, не более: 2,1 кВт Задаваемые температурные режимы: 50-200 °C
 Время нагрева до 180°С,не более: 55 мин
 Состояние	Б/У, проверен, исправен, две полки, достаточно точная регулировка температуры</t>
   </si>
   <si>
     <t>Альбедо Ингалятор ультразвуковой стационарный ИН-7</t>
   </si>
   <si>
     <t>Ингалятор ультразвуковой стационарный "Альбедо" ИН-7 — это современное медицинское оборудование российского производства, предназначенное для эффективной ингаляционной терапии широкого спектра заболеваний дыхательной системы. Благодаря возможности преобразовывать жидкие лекарственные средства, включая препараты различной вязкости и масляные эмульсии, в высокоэффективный тонкодисперсный аэрозоль, прибор обеспечивает глубокое и равномерное проникновение активных веществ в дыхательные пути. Устройство разработано для стационарного и домашнего применения, что делает его универсальным решением как для индивидуальной терапии, так и для использования в лечебных учреждениях. Б/У. Работает.</t>
-  </si>
-[...15 lines deleted...]
-</t>
   </si>
   <si>
     <t>Погружной термостат LOIP LT-100</t>
   </si>
   <si>
     <t xml:space="preserve">циркуляционный термостат серии LOIP LT-100 предназначен для поддержания заданной температуры объектов в ванне, а также для термостатирования внешних систем замкнутого типа. Термостат-циркулятор LOIP LT-100 оснащен держателем для крепления на стенку ванны толщиной до 22 мм.
 Температурный диапазон:	 
 - без внешнего охлаждения, °С	Tокр+10 … +100
 - с охлаждением водопроводной водой °С	Tводы+5 … +100
 Точность поддержания температуры, °С	±0,1
 Погрешность установления заданной температуры, не более °С	±0,2
 Мощность нагревателя, Вт	2200
 Насос:	 
 - макс. расход, л/мин	7,5
 - давление, бар	0,17
 Рабочая жидкость	вода, водно-глицериновая смесь, силиконовое масло
 Габариты, мм	123х190х325
 Масса, кг	3,3
 </t>
   </si>
   <si>
     <t>Sony UP-960CE термопринтер для узи</t>
   </si>
   <si>
     <t>Видеопринтер Sony UP-980CE - это стандартное устройство получения твердых копий черно-белого видеоизображения размером до 188x249 мм в медицинских комплексах (в т.ч. в XR-системах с видеовыходом). Его отличительной особенностью является возможность печати на прозрачной голубой пленке UPT-210BL. Модель UP-980CE имеет встроенное меню и ЖК-экран для установки параметров без подключения дополнительного видеомонитора. Видеопринтер совместим практически со всеми типами медицинских устройств, имеющих стандартный композитный выход видеосигнала.</t>
   </si>
   <si>
     <t>ДНК-амплификатор  GeneAmp® PCR System 9700 0.5mL Sample Block Module</t>
   </si>
   <si>
     <t xml:space="preserve">Автоматический прибор, предназначенный для амплификации нуклеиновых кислот с использованием полимеразной цепной реакции (ПЦР).
 В отличном состоянии. Работает. 
 </t>
-  </si>
-[...9 lines deleted...]
-внутренняя стеклянная дверца с надежным уплотнением</t>
   </si>
   <si>
     <t>Система высокой очистки воды Milli-Q</t>
   </si>
   <si>
     <t xml:space="preserve">Данная система способна обеспечить сверхчистой водой (тип I) все направления критических лабораторных исследований.
 Б/У. Отсутствует SD-карта с программой. Включается, но не грузится программа, выдаёт ошибку «Can not open Autoexec» 
 •	Производящий модуль Milli-Q 
 •	Точка отбора Q-POD
 </t>
   </si>
   <si>
     <t>03.11000.721 Рукоять ларингоскопа С 2,5В средняя (d=28 мм)</t>
   </si>
   <si>
     <t xml:space="preserve">Описание	•	Рукоятка ларингоскопа совместима в соответствии с системами стандарта DIN ISO 7376. ( ТОЛЬКО РУКОЯТКА)
 Состояние	В отличном состоянии. Работает.   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
@@ -1635,51 +1737,51 @@
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image94.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image95.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1238250" cy="1238250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
@@ -3243,51 +3345,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1238250" cy="1238250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Picture 42">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -3360,95 +3462,95 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Picture 45">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1238250" cy="1238250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Picture 45">
-[...37 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Picture 46">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -5017,50 +5119,440 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1238250" cy="1238250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="Picture 87">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Picture 88">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Picture 89">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Picture 90">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Picture 91">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Picture 92">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 93">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 94">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Picture 95">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 96">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 97">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -5362,51 +5854,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F103"/>
+  <dimension ref="A1:F113"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="18" style="1" customWidth="1"/>
     <col min="2" max="2" width="30" style="1" customWidth="1"/>
     <col min="3" max="3" width="50" style="1" customWidth="1"/>
     <col min="4" max="4" width="20" style="2" customWidth="1"/>
     <col min="5" max="6" width="20" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
@@ -6167,831 +6659,989 @@
         <v>99</v>
       </c>
       <c r="B54" s="7"/>
       <c r="C54" s="7"/>
       <c r="D54" s="7"/>
       <c r="E54" s="7"/>
       <c r="F54" s="7"/>
     </row>
     <row r="55" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B55" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D55" s="2">
         <v>10</v>
       </c>
       <c r="E55" s="3">
         <v>8000</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="56" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="7" t="s">
+    <row r="56" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B56" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B56" s="7"/>
-[...6 lines deleted...]
-      <c r="B57" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D56" s="2">
+        <v>1</v>
+      </c>
+      <c r="E56" s="3">
+        <v>60000</v>
+      </c>
+      <c r="F56" s="3">
+        <v>52000</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="D57" s="2">
-[...7 lines deleted...]
-      </c>
+      <c r="B57" s="7"/>
+      <c r="C57" s="7"/>
+      <c r="D57" s="7"/>
+      <c r="E57" s="7"/>
+      <c r="F57" s="7"/>
     </row>
     <row r="58" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B58" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D58" s="2">
         <v>1</v>
       </c>
       <c r="E58" s="3">
-        <v>50000</v>
+        <v>2500</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B59" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D59" s="2">
         <v>1</v>
       </c>
       <c r="E59" s="3">
-        <v>154000</v>
+        <v>50000</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="60" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="7" t="s">
+    <row r="60" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B60" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B60" s="7"/>
-[...3 lines deleted...]
-      <c r="F60" s="7"/>
+      <c r="C60" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D60" s="2">
+        <v>1</v>
+      </c>
+      <c r="E60" s="3">
+        <v>154000</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="61" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B61" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D61" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E61" s="3">
-        <v>12000</v>
-[...9 lines deleted...]
-      <c r="C62" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="F61" s="3">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="D62" s="2">
-[...7 lines deleted...]
-      </c>
+      <c r="B62" s="7"/>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="7"/>
     </row>
     <row r="63" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B63" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D63" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E63" s="3">
-        <v>9000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>10000</v>
+      </c>
+      <c r="F63" s="3">
+        <v>9500</v>
       </c>
     </row>
     <row r="64" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B64" s="1" t="s">
         <v>116</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D64" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="3">
-        <v>6000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>3200</v>
+      </c>
+      <c r="F64" s="3">
+        <v>3000</v>
       </c>
     </row>
     <row r="65" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B65" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D65" s="2">
         <v>1</v>
       </c>
       <c r="E65" s="3">
-        <v>54000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>144000</v>
+      </c>
+      <c r="F65" s="3">
+        <v>140000</v>
       </c>
     </row>
     <row r="66" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B66" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D66" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E66" s="3">
-        <v>3500</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>8600</v>
+      </c>
+      <c r="F66" s="3">
+        <v>8500</v>
       </c>
     </row>
     <row r="67" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B67" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D67" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="3">
-        <v>6000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>25500</v>
+      </c>
+      <c r="F67" s="3">
+        <v>25000</v>
       </c>
     </row>
     <row r="68" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B68" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D68" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E68" s="3">
-        <v>5000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>40000</v>
+      </c>
+      <c r="F68" s="3">
+        <v>30000</v>
       </c>
     </row>
     <row r="69" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B69" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D69" s="2">
         <v>2</v>
       </c>
       <c r="E69" s="3">
-        <v>12000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>7500</v>
+      </c>
+      <c r="F69" s="3">
+        <v>7000</v>
       </c>
     </row>
     <row r="70" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B70" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D70" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="3">
-        <v>9000</v>
+        <v>3500</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B71" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D71" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="3">
-        <v>2500</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>35000</v>
+      </c>
+      <c r="F71" s="3">
+        <v>30000</v>
       </c>
     </row>
     <row r="72" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B72" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="D72" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="3">
-        <v>3000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>35000</v>
+      </c>
+      <c r="F72" s="3">
+        <v>30000</v>
       </c>
     </row>
     <row r="73" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B73" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D73" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="3">
-        <v>6000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>35000</v>
+      </c>
+      <c r="F73" s="3">
+        <v>30000</v>
       </c>
     </row>
     <row r="74" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B74" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D74" s="2">
         <v>1</v>
       </c>
       <c r="E74" s="3">
         <v>10000</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B75" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D75" s="2">
         <v>1</v>
       </c>
       <c r="E75" s="3">
-        <v>7000</v>
+        <v>9000</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B76" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D76" s="2">
         <v>1</v>
       </c>
       <c r="E76" s="3">
-        <v>310000</v>
+        <v>54000</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B77" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D77" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="3">
-        <v>44000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>15000</v>
+      </c>
+      <c r="F77" s="3">
+        <v>10000</v>
       </c>
     </row>
     <row r="78" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B78" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D78" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E78" s="3">
-        <v>190000</v>
+        <v>3500</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B79" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D79" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E79" s="3">
-        <v>144000</v>
+        <v>6000</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B80" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D80" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E80" s="3">
-        <v>48000</v>
+        <v>12000</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B81" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D81" s="2">
         <v>1</v>
       </c>
       <c r="E81" s="3">
-        <v>140000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>16000</v>
+      </c>
+      <c r="F81" s="3">
+        <v>15500</v>
       </c>
     </row>
     <row r="82" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B82" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D82" s="2">
         <v>1</v>
       </c>
       <c r="E82" s="3">
-        <v>130000</v>
+        <v>2500</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B83" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D83" s="2">
         <v>1</v>
       </c>
       <c r="E83" s="3">
-        <v>90000</v>
+        <v>3000</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B84" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="3">
-        <v>50000</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>5500</v>
+      </c>
+      <c r="F84" s="3">
+        <v>5000</v>
       </c>
     </row>
     <row r="85" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B85" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D85" s="2"/>
+      <c r="D85" s="2">
+        <v>1</v>
+      </c>
       <c r="E85" s="3">
-        <v>15000</v>
+        <v>190000</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B86" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D86" s="2"/>
+      <c r="D86" s="2">
+        <v>1</v>
+      </c>
       <c r="E86" s="3">
-        <v>14500</v>
+        <v>6000</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B87" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D87" s="2"/>
+      <c r="D87" s="2">
+        <v>1</v>
+      </c>
       <c r="E87" s="3">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B88" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="D88" s="2"/>
+      <c r="D88" s="2">
+        <v>1</v>
+      </c>
       <c r="E88" s="3">
-        <v>51000</v>
-[...2 lines deleted...]
-        <v>50000</v>
+        <v>7000</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="89" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B89" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2">
+        <v>1</v>
+      </c>
       <c r="E89" s="3">
-        <v>12000</v>
-[...2 lines deleted...]
-        <v>11500</v>
+        <v>310000</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="90" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B90" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D90" s="2"/>
+      <c r="D90" s="2">
+        <v>2</v>
+      </c>
       <c r="E90" s="3">
-        <v>15000</v>
+        <v>44000</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B91" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D91" s="2"/>
+      <c r="D91" s="2">
+        <v>1</v>
+      </c>
       <c r="E91" s="3">
-        <v>10500</v>
+        <v>48000</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B92" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D92" s="2"/>
+      <c r="D92" s="2">
+        <v>1</v>
+      </c>
       <c r="E92" s="3">
-        <v>7000</v>
-[...2 lines deleted...]
-        <v>6900</v>
+        <v>140000</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="93" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B93" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D93" s="2"/>
+      <c r="D93" s="2">
+        <v>1</v>
+      </c>
       <c r="E93" s="3">
-        <v>500000</v>
-[...2 lines deleted...]
-        <v>450000</v>
+        <v>130000</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="94" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B94" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D94" s="2"/>
+      <c r="D94" s="2">
+        <v>1</v>
+      </c>
       <c r="E94" s="3">
-        <v>15500</v>
-[...2 lines deleted...]
-        <v>14900</v>
+        <v>90000</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="95" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B95" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D95" s="2"/>
+      <c r="D95" s="2">
+        <v>1</v>
+      </c>
       <c r="E95" s="3">
-        <v>20000</v>
+        <v>3000</v>
       </c>
       <c r="F95" s="3">
-        <v>17000</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="96" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B96" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="3">
-        <v>25500</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>15000</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="97" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B97" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D97" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="3">
-        <v>5500</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>14500</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="98" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B98" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="3">
-        <v>100000</v>
-[...2 lines deleted...]
-        <v>70000</v>
+        <v>15000</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="99" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B99" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="3">
-        <v>30000</v>
+        <v>51000</v>
       </c>
       <c r="F99" s="3">
-        <v>25000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="100" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B100" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="3">
-        <v>110000</v>
+        <v>12000</v>
       </c>
       <c r="F100" s="3">
-        <v>93000</v>
+        <v>11500</v>
       </c>
     </row>
     <row r="101" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B101" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="3">
-        <v>550000</v>
-[...2 lines deleted...]
-        <v>490000</v>
+        <v>15000</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="102" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B102" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="3">
-        <v>10000</v>
-[...2 lines deleted...]
-        <v>7500</v>
+        <v>10500</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="103" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B103" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="3">
+        <v>7000</v>
+      </c>
+      <c r="F103" s="3">
+        <v>6900</v>
+      </c>
+    </row>
+    <row r="104" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B104" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D104" s="2">
+        <v>1</v>
+      </c>
+      <c r="E104" s="3">
+        <v>5500</v>
+      </c>
+      <c r="F104" s="3">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="105" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B105" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D105" s="2"/>
+      <c r="E105" s="3">
+        <v>500000</v>
+      </c>
+      <c r="F105" s="3">
+        <v>450000</v>
+      </c>
+    </row>
+    <row r="106" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B106" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D106" s="2"/>
+      <c r="E106" s="3">
+        <v>15500</v>
+      </c>
+      <c r="F106" s="3">
+        <v>14900</v>
+      </c>
+    </row>
+    <row r="107" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B107" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D107" s="2"/>
+      <c r="E107" s="3">
+        <v>20000</v>
+      </c>
+      <c r="F107" s="3">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="108" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B108" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D108" s="2"/>
+      <c r="E108" s="3">
+        <v>25500</v>
+      </c>
+      <c r="F108" s="3">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="109" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B109" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D109" s="2"/>
+      <c r="E109" s="3">
+        <v>100000</v>
+      </c>
+      <c r="F109" s="3">
+        <v>70000</v>
+      </c>
+    </row>
+    <row r="110" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B110" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D110" s="2"/>
+      <c r="E110" s="3">
+        <v>30000</v>
+      </c>
+      <c r="F110" s="3">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="111" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B111" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D111" s="2"/>
+      <c r="E111" s="3">
+        <v>110000</v>
+      </c>
+      <c r="F111" s="3">
+        <v>93000</v>
+      </c>
+    </row>
+    <row r="112" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B112" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D112" s="2"/>
+      <c r="E112" s="3">
+        <v>10000</v>
+      </c>
+      <c r="F112" s="3">
         <v>7500</v>
       </c>
-      <c r="F103" s="3">
+    </row>
+    <row r="113" ht="97.5" customHeight="1" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B113" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D113" s="2"/>
+      <c r="E113" s="3">
+        <v>7500</v>
+      </c>
+      <c r="F113" s="3">
         <v>6900</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="A28:F28"/>
     <mergeCell ref="A29:F29"/>
     <mergeCell ref="A31:F31"/>
     <mergeCell ref="A36:F36"/>
     <mergeCell ref="A37:F37"/>
     <mergeCell ref="A41:F41"/>
     <mergeCell ref="A46:F46"/>
     <mergeCell ref="A47:F47"/>
     <mergeCell ref="A50:F50"/>
     <mergeCell ref="A54:F54"/>
-    <mergeCell ref="A56:F56"/>
-    <mergeCell ref="A60:F60"/>
+    <mergeCell ref="A57:F57"/>
+    <mergeCell ref="A62:F62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet</vt:lpstr>